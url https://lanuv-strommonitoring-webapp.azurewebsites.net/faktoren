--- v0 (2025-10-17)
+++ v1 (2026-02-05)
@@ -416,51 +416,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:O12"/>
+  <dimension ref="A1:O13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Jahr</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Biomasse</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Braunkohle</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1037,65 +1037,114 @@
           <t>n. v.</t>
         </is>
       </c>
       <c r="H12" t="n">
         <v>0.1483113069016153</v>
       </c>
       <c r="I12" t="n">
         <v>0.1768917029429035</v>
       </c>
       <c r="J12" t="n">
         <v>0.2479338842975207</v>
       </c>
       <c r="K12" t="n">
         <v>0.6827906656533402</v>
       </c>
       <c r="L12" t="n">
         <v>0.5219968171368969</v>
       </c>
       <c r="M12" t="n">
         <v>0.7599143563343251</v>
       </c>
       <c r="N12" t="n">
         <v>0.4679573014186297</v>
       </c>
       <c r="O12" t="n">
+        <v>0.8481170643500138</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="n">
+        <v>2026</v>
+      </c>
+      <c r="B13" t="n">
+        <v>0.6192490977980833</v>
+      </c>
+      <c r="C13" t="n">
+        <v>1</v>
+      </c>
+      <c r="D13" t="n">
+        <v>0.6225446475814047</v>
+      </c>
+      <c r="E13" t="n">
+        <v>0.7815578444923255</v>
+      </c>
+      <c r="F13" t="n">
+        <v>0.8553614701130856</v>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>n. v.</t>
+        </is>
+      </c>
+      <c r="H13" t="n">
+        <v>0.1483113069016153</v>
+      </c>
+      <c r="I13" t="n">
+        <v>0.1768917029429035</v>
+      </c>
+      <c r="J13" t="n">
+        <v>0.2479338842975207</v>
+      </c>
+      <c r="K13" t="n">
+        <v>0.6827906656533402</v>
+      </c>
+      <c r="L13" t="n">
+        <v>0.5219968171368969</v>
+      </c>
+      <c r="M13" t="n">
+        <v>0.7599143563343251</v>
+      </c>
+      <c r="N13" t="n">
+        <v>0.4679573014186297</v>
+      </c>
+      <c r="O13" t="n">
         <v>0.8481170643500138</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:O12"/>
+  <dimension ref="A1:O13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Jahr</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Biomasse</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Braunkohle</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -1780,67 +1829,126 @@
         <is>
           <t>n. v.</t>
         </is>
       </c>
       <c r="I12" t="n">
         <v>0.0007838419138081923</v>
       </c>
       <c r="J12" t="inlineStr">
         <is>
           <t>n. v.</t>
         </is>
       </c>
       <c r="K12" t="n">
         <v>0.003067173905060737</v>
       </c>
       <c r="L12" t="n">
         <v>0.00786301901075924</v>
       </c>
       <c r="M12" t="n">
         <v>0.06913379422529484</v>
       </c>
       <c r="N12" t="n">
         <v>0.01796202537588134</v>
       </c>
       <c r="O12" t="inlineStr">
+        <is>
+          <t>n. v.</t>
+        </is>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="n">
+        <v>2026</v>
+      </c>
+      <c r="B13" t="n">
+        <v>0.02182531922641823</v>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>n. v.</t>
+        </is>
+      </c>
+      <c r="D13" t="n">
+        <v>0.03756986829007663</v>
+      </c>
+      <c r="E13" t="n">
+        <v>0.1376500385420108</v>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>n. v.</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>n. v.</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>n. v.</t>
+        </is>
+      </c>
+      <c r="I13" t="n">
+        <v>0.0007838419138081923</v>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>n. v.</t>
+        </is>
+      </c>
+      <c r="K13" t="n">
+        <v>0.003067173905060737</v>
+      </c>
+      <c r="L13" t="n">
+        <v>0.00786301901075924</v>
+      </c>
+      <c r="M13" t="n">
+        <v>0.06913379422529484</v>
+      </c>
+      <c r="N13" t="n">
+        <v>0.01796202537588134</v>
+      </c>
+      <c r="O13" t="inlineStr">
         <is>
           <t>n. v.</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:B12"/>
+  <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Jahr</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Amprion</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
         <v>2015</v>
       </c>
       <c r="B2" t="n">
         <v>0.6509969877785611</v>
@@ -1901,65 +2009,73 @@
       <c r="B9" t="n">
         <v>0.6417274790913944</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>2023</v>
       </c>
       <c r="B10" t="n">
         <v>0.6417274790913944</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>2024</v>
       </c>
       <c r="B11" t="n">
         <v>0.6417274790913944</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>2025</v>
       </c>
       <c r="B12" t="n">
+        <v>0.6417274790913944</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="n">
+        <v>2026</v>
+      </c>
+      <c r="B13" t="n">
         <v>0.6417274790913944</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Jahr</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Windenergie</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Photovoltaik</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
@@ -2096,47 +2212,61 @@
     <row r="11">
       <c r="A11" t="n">
         <v>2024</v>
       </c>
       <c r="B11" t="n">
         <v>1.001842428228276</v>
       </c>
       <c r="C11" t="n">
         <v>0.740239120601128</v>
       </c>
       <c r="D11" t="n">
         <v>0.9308770371057571</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
         <v>2025</v>
       </c>
       <c r="B12" t="n">
         <v>1.001842428228276</v>
       </c>
       <c r="C12" t="n">
         <v>0.740239120601128</v>
       </c>
       <c r="D12" t="n">
+        <v>0.9308770371057571</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="n">
+        <v>2026</v>
+      </c>
+      <c r="B13" t="n">
+        <v>1.001842428228276</v>
+      </c>
+      <c r="C13" t="n">
+        <v>0.740239120601128</v>
+      </c>
+      <c r="D13" t="n">
         <v>0.9308770371057571</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>